--- v0 (2025-12-06)
+++ v1 (2026-03-17)
@@ -67,53 +67,53 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483672" r:id="rId1"/>
     <p:sldMasterId id="2147483779" r:id="rId2"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId16"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
     <p:handoutMasterId r:id="rId17"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="271" r:id="rId3"/>
     <p:sldId id="264" r:id="rId4"/>
     <p:sldId id="268" r:id="rId5"/>
     <p:sldId id="266" r:id="rId6"/>
     <p:sldId id="281" r:id="rId7"/>
     <p:sldId id="278" r:id="rId8"/>
     <p:sldId id="265" r:id="rId9"/>
     <p:sldId id="258" r:id="rId10"/>
-    <p:sldId id="283" r:id="rId11"/>
+    <p:sldId id="284" r:id="rId11"/>
     <p:sldId id="259" r:id="rId12"/>
-    <p:sldId id="282" r:id="rId13"/>
+    <p:sldId id="285" r:id="rId13"/>
     <p:sldId id="280" r:id="rId14"/>
     <p:sldId id="270" r:id="rId15"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="9939338" cy="6807200"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ko-KR"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="1" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="1" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
@@ -216,51 +216,51 @@
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16980" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="110" d="100"/>
           <a:sy n="110" d="100"/>
         </p:scale>
         <p:origin x="516" y="114"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
@@ -345,51 +345,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5629278" y="0"/>
             <a:ext cx="4307742" cy="341393"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8B5D9A8D-797C-4D2C-B39B-53D28F068321}" type="datetimeFigureOut">
               <a:rPr lang="ko-KR" altLang="en-US" smtClean="0"/>
-              <a:t>2025-08-21</a:t>
+              <a:t>2026-02-26</a:t>
             </a:fld>
             <a:endParaRPr lang="ko-KR" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="바닥글 개체 틀 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1" y="6465808"/>
             <a:ext cx="4307742" cy="341393"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -514,51 +514,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5629993" y="0"/>
             <a:ext cx="4307047" cy="341543"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1E23E986-BFE9-43DC-BC04-B892FB8E6886}" type="datetimeFigureOut">
               <a:rPr lang="ko-KR" altLang="en-US" smtClean="0"/>
-              <a:t>2025-08-21</a:t>
+              <a:t>2026-02-26</a:t>
             </a:fld>
             <a:endParaRPr lang="ko-KR" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="슬라이드 이미지 개체 틀 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2927350" y="850900"/>
             <a:ext cx="4084638" cy="2297113"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -10287,50 +10287,57 @@
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:alpha val="30000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="ko-KR" altLang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="23" name="Rectangle 25"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="9603442" y="-8467"/>
               <a:ext cx="2588558" cy="6866467"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="2573311" h="6866467">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="2573311" y="0"/>
@@ -10350,91 +10357,105 @@
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:alpha val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="ko-KR" altLang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="24" name="Isosceles Triangle 23"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="8932333" y="3048000"/>
               <a:ext cx="3259667" cy="3810000"/>
             </a:xfrm>
             <a:prstGeom prst="triangle">
               <a:avLst>
                 <a:gd name="adj" fmla="val 100000"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent2">
                 <a:alpha val="72000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="ko-KR" altLang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="25" name="Rectangle 27"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="9334500" y="-8467"/>
               <a:ext cx="2854326" cy="6866467"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="2858013" h="6866467">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="2858013" y="0"/>
@@ -10455,50 +10476,57 @@
             <a:solidFill>
               <a:schemeClr val="accent2">
                 <a:lumMod val="75000"/>
                 <a:alpha val="70000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="ko-KR" altLang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="26" name="Rectangle 28"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10898730" y="-8467"/>
               <a:ext cx="1290094" cy="6866467"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1290094" h="6858000">
                   <a:moveTo>
                     <a:pt x="1019735" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="1290094" y="0"/>
@@ -10520,50 +10548,57 @@
               <a:schemeClr val="accent1">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
                 <a:alpha val="70000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="ko-KR" altLang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="27" name="Rectangle 29"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10938999" y="-8467"/>
               <a:ext cx="1249825" cy="6866467"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1249825" h="6858000">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="1249825" y="0"/>
@@ -10583,132 +10618,153 @@
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:alpha val="65000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="ko-KR" altLang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="28" name="Isosceles Triangle 27"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10371666" y="3589867"/>
               <a:ext cx="1817159" cy="3268133"/>
             </a:xfrm>
             <a:prstGeom prst="triangle">
               <a:avLst>
                 <a:gd name="adj" fmla="val 100000"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:alpha val="80000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="ko-KR" altLang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="29" name="Isosceles Triangle 28"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="0" y="4013200"/>
               <a:ext cx="448733" cy="2844800"/>
             </a:xfrm>
             <a:prstGeom prst="triangle">
               <a:avLst>
                 <a:gd name="adj" fmla="val 0"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:alpha val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="ko-KR" altLang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="677334" y="609600"/>
             <a:ext cx="8596668" cy="1320800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
@@ -11621,95 +11677,95 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="1" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.JPG"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.JPG"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.JPG"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/audio" Target="../media/audio1.wav"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/audio" Target="../media/audio1.wav"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.JPG"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.JPG"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mokwon.ac.kr/kr/html/sub05/050604.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.JPG"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
           <a:blip r:embed="rId2">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect t="-17000" b="-17000"/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -11933,90 +11989,84 @@
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="ko-KR" altLang="en-US">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="그림 1"/>
+          <p:cNvPr id="9" name="그림 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...5 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1278443" y="707886"/>
-            <a:ext cx="6527811" cy="5066555"/>
+            <a:off x="25465" y="668422"/>
+            <a:ext cx="7153085" cy="5813611"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31750" name="Oval 14"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3539097" y="3688175"/>
-            <a:ext cx="1199880" cy="433120"/>
+            <a:off x="4845383" y="1819843"/>
+            <a:ext cx="1119988" cy="393438"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="44450">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
@@ -12165,53 +12215,53 @@
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1800">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="굴림" panose="020B0600000101010101" pitchFamily="50" charset="-127"/>
               <a:ea typeface="굴림" panose="020B0600000101010101" pitchFamily="50" charset="-127"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31751" name="Line 12"/>
           <p:cNvSpPr>
             <a:spLocks noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
-          <a:xfrm flipH="1">
-[...1 lines deleted...]
-            <a:ext cx="3073075" cy="1337600"/>
+          <a:xfrm flipH="1" flipV="1">
+            <a:off x="6041210" y="2143920"/>
+            <a:ext cx="1765043" cy="289180"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="44450">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd type="stealth" w="lg" len="lg"/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:noFill/>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
@@ -12435,59 +12485,51 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="50" charset="-127"/>
                 <a:ea typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="50" charset="-127"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="ko-KR" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>1. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ko-KR" altLang="en-US" sz="2000" b="1" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>비밀번호 </a:t>
-[...7 lines deleted...]
-              <a:t>최초등록</a:t>
+              <a:t>비밀번호 신규등록</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ko-KR" altLang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> 클릭</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="ko-KR" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" indent="-457200">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" altLang="ko-KR" sz="800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
@@ -12695,51 +12737,51 @@
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="양쪽 모서리가 둥근 사각형 15"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="0"/>
+            <a:off x="0" y="-133360"/>
             <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="round2SameRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
@@ -12797,72 +12839,66 @@
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="ko-KR" altLang="en-US">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="그림 4"/>
+          <p:cNvPr id="2" name="그림 1"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...5 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="906058" y="886393"/>
-            <a:ext cx="9797314" cy="5203793"/>
+            <a:off x="1184749" y="851444"/>
+            <a:ext cx="9695542" cy="5835306"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="32775" name="Rectangle 4"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7179245" y="2173485"/>
             <a:ext cx="3313112" cy="1439863"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
@@ -13118,51 +13154,51 @@
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Oval 10"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1095143" y="3585246"/>
+            <a:off x="1278974" y="2766850"/>
             <a:ext cx="892684" cy="243176"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="44450">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
@@ -13313,51 +13349,51 @@
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1800">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="굴림" panose="020B0600000101010101" pitchFamily="50" charset="-127"/>
               <a:ea typeface="굴림" panose="020B0600000101010101" pitchFamily="50" charset="-127"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Oval 10"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1095143" y="3195529"/>
+            <a:off x="1184749" y="2201922"/>
             <a:ext cx="616036" cy="200222"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="44450">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
@@ -13508,51 +13544,51 @@
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1800">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="굴림" panose="020B0600000101010101" pitchFamily="50" charset="-127"/>
               <a:ea typeface="굴림" panose="020B0600000101010101" pitchFamily="50" charset="-127"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="32773" name="Oval 10"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="8708412" y="4715261"/>
+            <a:off x="7933648" y="5017765"/>
             <a:ext cx="1730878" cy="1271182"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="44450">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
@@ -13702,53 +13738,53 @@
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1800">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="굴림" panose="020B0600000101010101" pitchFamily="50" charset="-127"/>
               <a:ea typeface="굴림" panose="020B0600000101010101" pitchFamily="50" charset="-127"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="32774" name="Line 11"/>
           <p:cNvSpPr>
             <a:spLocks noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
-          <a:xfrm>
-[...1 lines deleted...]
-            <a:ext cx="206822" cy="1841247"/>
+          <a:xfrm flipH="1">
+            <a:off x="8840512" y="2827305"/>
+            <a:ext cx="287585" cy="2108084"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="44450">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd type="stealth" w="lg" len="lg"/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:noFill/>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
@@ -13785,51 +13821,51 @@
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ko-KR" altLang="en-US" dirty="0"/>
               <a:t>수강신청 클릭</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Oval 10"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3742898" y="1067254"/>
+            <a:off x="5557183" y="751953"/>
             <a:ext cx="690173" cy="483250"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="44450">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
@@ -13978,51 +14014,51 @@
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1800">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="굴림" panose="020B0600000101010101" pitchFamily="50" charset="-127"/>
               <a:ea typeface="굴림" panose="020B0600000101010101" pitchFamily="50" charset="-127"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="TextBox 14"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6459537" y="131798"/>
+            <a:off x="4087984" y="-24192"/>
             <a:ext cx="4752528" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ko-KR" altLang="en-US" sz="4000" b="1" dirty="0">
                 <a:ln>
                   <a:solidFill>
                     <a:prstClr val="white">
                       <a:alpha val="0"/>
                     </a:prstClr>
                   </a:solidFill>
                 </a:ln>
@@ -14098,51 +14134,51 @@
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1964430156"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1921612957"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
@@ -16246,75 +16282,75 @@
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ko-KR" sz="2800" dirty="0">
                 <a:ln>
                   <a:solidFill>
                     <a:prstClr val="white">
                       <a:alpha val="0"/>
                     </a:prstClr>
                   </a:solidFill>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="50" charset="-127"/>
                 <a:ea typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="50" charset="-127"/>
               </a:rPr>
-              <a:t>&gt; “2025</a:t>
+              <a:t>&gt; “2026</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ko-KR" altLang="en-US" sz="2800" dirty="0">
                 <a:ln>
                   <a:solidFill>
                     <a:prstClr val="white">
                       <a:alpha val="0"/>
                     </a:prstClr>
                   </a:solidFill>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="50" charset="-127"/>
                 <a:ea typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="50" charset="-127"/>
               </a:rPr>
-              <a:t>학년도 후기 신입생 관련 오리엔테이션 자료</a:t>
+              <a:t>학년도 전기 신입생 관련 오리엔테이션 자료</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ko-KR" sz="2800" dirty="0">
                 <a:ln>
                   <a:solidFill>
                     <a:prstClr val="white">
                       <a:alpha val="0"/>
                     </a:prstClr>
                   </a:solidFill>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="50" charset="-127"/>
                 <a:ea typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="50" charset="-127"/>
               </a:rPr>
               <a:t>”</a:t>
             </a:r>
@@ -18006,51 +18042,51 @@
                     <a:prstClr val="white">
                       <a:alpha val="0"/>
                     </a:prstClr>
                   </a:solidFill>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>기타 안내 사항</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="TextBox 14"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1034248" y="1341326"/>
-            <a:ext cx="9986258" cy="4247317"/>
+            <a:ext cx="9986258" cy="4187813"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="457200" indent="-457200">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>주차요금 징수 안내</a:t>
             </a:r>
@@ -18122,65 +18158,51 @@
               <a:rPr lang="en-US" altLang="ko-KR" sz="2000" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>      1)</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t> 금      액 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ko-KR" sz="2000" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
-              <a:t>월 </a:t>
-[...13 lines deleted...]
-              <a:t>원</a:t>
+              <a:t>담당부서 문의</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="ko-KR" sz="2000" dirty="0">
               <a:latin typeface="+mj-ea"/>
               <a:ea typeface="+mj-ea"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="ko-KR" sz="2000" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>      2)</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t> 구비서류 </a:t>
@@ -18249,115 +18271,120 @@
               <a:rPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ko-KR" sz="2000" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>관리과</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ko-KR" sz="2000" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
-              <a:t>(E221)</a:t>
+              <a:t>(E121)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="ko-KR" sz="2000" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
-              <a:t>                      829-7181~3</a:t>
+              <a:t>                      (042-829-7181~3)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="ko-KR" sz="2000" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>      4) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0" err="1">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>주차안내</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t> 페이지 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ko-KR" sz="2000" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="ko-KR" sz="2000" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
+                <a:hlinkClick r:id="rId2"/>
               </a:rPr>
               <a:t>https://www.mokwon.ac.kr/kr/html/sub05/050604.html</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US" altLang="ko-KR" sz="2000" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="모서리가 둥근 직사각형 13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="526287" y="1135918"/>
             <a:ext cx="11002181" cy="4550518"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="accent2">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
@@ -18375,51 +18402,51 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="그림 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6456459" y="1755343"/>
             <a:ext cx="4710978" cy="3105150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="아래쪽 화살표 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
@@ -19250,161 +19277,161 @@
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>★</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="ko-KR" sz="2400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="+mj-ea"/>
               <a:ea typeface="+mj-ea"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="ko-KR" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
-              <a:t>  9</a:t>
+              <a:t>  3</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ko-KR" altLang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>월 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ko-KR" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
-              <a:t>1</a:t>
+              <a:t>3</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ko-KR" altLang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>일</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ko-KR" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>(</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ko-KR" altLang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
-              <a:t>월</a:t>
+              <a:t>화</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ko-KR" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
-              <a:t>) ~ 9</a:t>
+              <a:t>) ~ 3</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ko-KR" altLang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>월 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ko-KR" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
-              <a:t>5</a:t>
+              <a:t>9</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ko-KR" altLang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>일</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ko-KR" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>(</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ko-KR" altLang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
-              <a:t>금</a:t>
+              <a:t>월</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ko-KR" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="그림 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
@@ -19603,50 +19630,74 @@
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="ko-KR" altLang="en-US">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="그림 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="259260" y="641642"/>
+            <a:ext cx="6336031" cy="5149557"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7150715" y="1194673"/>
             <a:ext cx="4640232" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
@@ -19682,91 +19733,61 @@
                 <a:latin typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="50" charset="-127"/>
                 <a:ea typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="50" charset="-127"/>
               </a:rPr>
               <a:t>– </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ko-KR" altLang="en-US" sz="2000" b="1" dirty="0">
                 <a:ln>
                   <a:solidFill>
                     <a:prstClr val="white">
                       <a:alpha val="0"/>
                     </a:prstClr>
                   </a:solidFill>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="50" charset="-127"/>
                 <a:ea typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="50" charset="-127"/>
               </a:rPr>
               <a:t>수강신청 당일</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31750" name="Oval 14"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="622904" y="3707026"/>
+            <a:off x="4425647" y="1285003"/>
             <a:ext cx="1199880" cy="370901"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="44450">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
@@ -19916,53 +19937,53 @@
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1800">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="굴림" panose="020B0600000101010101" pitchFamily="50" charset="-127"/>
               <a:ea typeface="굴림" panose="020B0600000101010101" pitchFamily="50" charset="-127"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31751" name="Line 12"/>
           <p:cNvSpPr>
             <a:spLocks noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
-          <a:xfrm flipH="1">
-[...1 lines deleted...]
-            <a:ext cx="4803412" cy="887457"/>
+          <a:xfrm flipH="1" flipV="1">
+            <a:off x="5625527" y="1655904"/>
+            <a:ext cx="1076508" cy="1285003"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="44450">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd type="stealth" w="lg" len="lg"/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:noFill/>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
@@ -20308,58 +20329,57 @@
           </a:p>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" altLang="ko-KR" sz="800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="ko-KR" sz="2000" dirty="0"/>
               <a:t>4. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ko-KR" altLang="en-US" sz="2000" b="1" u="sng" dirty="0"/>
               <a:t>확인</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
               <a:t> 클릭</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" altLang="ko-KR" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="911285605"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="275660987"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="1_pptkorea_0Ae18537">
   <a:themeElements>
     <a:clrScheme name="main 1">
@@ -21837,51 +21857,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>338</Words>
+  <Words>339</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>와이드스크린</PresentationFormat>
   <Paragraphs>86</Paragraphs>
   <Slides>13</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>사용한 글꼴</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>테마</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>슬라이드 제목</vt:lpstr>
       </vt:variant>